--- v0 (2026-01-29)
+++ v1 (2026-03-24)
@@ -1899,105 +1899,96 @@
       <w:r w:rsidR="643176F1" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>s’h</w:t>
       </w:r>
       <w:r w:rsidR="222DC8B0" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de fer tasques pròpies de l’àmbit professional amb l’objectiu de completar l’aprenentatge teòric i pràctic adquirit en la </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00310D27" w:rsidRPr="00102C7B">
+        <w:t xml:space="preserve"> de fer tasques pròpies de l’àmbit professional amb l’objectiu de completar l’aprenentatge teòric i pràctic adquirit en la formació acadèmica, aconseguir experiència professional i investigadora, i obtenir </w:t>
+      </w:r>
+      <w:r w:rsidR="00310D27" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">coneixements, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
-[...6 lines deleted...]
-        <w:t>competències</w:t>
+      <w:r w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">competències i habilitats en els nivells als quals </w:t>
+      </w:r>
+      <w:r w:rsidR="0E96FD84" w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>es pugui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accedir per raó dels estudis universitaris matriculats</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> i habilitats en els nivells als quals </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> accedir per raó dels estudis universitaris matriculats.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116E931F" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="744D16C8" w14:textId="46EADA1F" w:rsidR="0057700C" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
@@ -2657,1374 +2648,1443 @@
         </w:rPr>
         <w:t xml:space="preserve">l’entitat col·laboradora </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">per fer un seguiment efectiu de les pràctiques, proporcionar suport a l’estudiant per a l’elaboració de la memòria i dur a terme el procés avaluador de les pràctiques. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DFF5142" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76DD4F14" w14:textId="7E6BB37D" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="4B8675EA">
+    <w:p w14:paraId="76DD4F14" w14:textId="7E6BB37D" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="4B8675EA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">3.5 La persona tutora designada </w:t>
       </w:r>
       <w:r w:rsidR="00274407" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">per l’entitat col·laboradora </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">ha de fixar el pla de treball que caldrà seguir, d’acord amb el </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00102C7B">
+        <w:t xml:space="preserve">ha de fixar el pla de treball que caldrà seguir, d’acord amb el projecte formatiu i en coordinació amb </w:t>
+      </w:r>
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">projecte formatiu i en coordinació amb </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="764EAAD5" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="764EAAD5" w:rsidRPr="00102C7B">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
+        <w:t xml:space="preserve"> tutor</w:t>
+      </w:r>
+      <w:r w:rsidR="0F334B1E" w:rsidRPr="00AB06A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="es-ES"/>
+        </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tutor</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0F334B1E" w:rsidRPr="00102C7B">
+        <w:t xml:space="preserve"> acadèmic</w:t>
+      </w:r>
+      <w:r w:rsidR="3A92C65B" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> acadèmic</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="3A92C65B" w:rsidRPr="00102C7B">
+        <w:t xml:space="preserve">, i ha d’emetre un informe final, en què es </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00102C7B">
+        <w:t xml:space="preserve">valorin </w:t>
+      </w:r>
+      <w:r w:rsidR="00310D27" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, i ha d’emetre un informe final, en què es valorin </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00310D27" w:rsidRPr="00102C7B">
+        <w:t>els coneixements, les habilitats i les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>els coneixements, les habilitats i les</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> competències que recull l’article 13 del Reial Decret 592/2014, d’11 de juliol, demostrades per l’estudiant durant l’estada en pràctiques.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232FA715" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="232FA715" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76298AFF" w14:textId="003F80EF" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="4B8675EA">
+    <w:p w14:paraId="76298AFF" w14:textId="003F80EF" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="4B8675EA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">3.6 L’estudiant a la conclusió de les pràctiques ha de realitzar i lliurar </w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="6DF76A57" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="6DF76A57" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="6DF76A57" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="6DF76A57" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> tutor</w:t>
       </w:r>
-      <w:r w:rsidR="41A91AD1" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="41A91AD1" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> acadèmic</w:t>
       </w:r>
-      <w:r w:rsidR="69528CA5" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="69528CA5" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> una memòria final de les pràctiques, on hi ha de figurar entre altres les previsions que recull l’article 14 del Reial Decret 592/2014, d’11 de juliol, així com aquelles que pugui determinar la normativa de pràctiques de la Universitat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C64595" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="32C64595" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B684329" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="4B8675EA">
+    <w:p w14:paraId="7B684329" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="4B8675EA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">3.7 L’avaluació final de les pràctiques correspon a la persona tutora acadèmica, de conformitat amb els criteris d’avaluació que s’estableixen en el conveni específic de col·laboració que es preveu a la clàusula 4 d’aquest conveni, i aquells que també pugui determinar la normativa de pràctiques de la Universitat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E57A85" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="69E57A85" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="239A3F9F" w14:textId="03458F85" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="239A3F9F" w14:textId="03458F85" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">3.8 La realització de les pràctiques no implica en cap cas l’existència d’una relació laboral entre </w:t>
       </w:r>
-      <w:r w:rsidR="2A7C3479" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="2A7C3479" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>estudiant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
-      <w:r w:rsidR="00215B97" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00215B97" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>l’entitat col·laboradora</w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> En l’àmbit de les administracions públiques, entitats de dret públic i altres organismes públics la realització de les pràctiques no podrà tenir la consideració de mèrit per a l’accés a la funció pública ni pot ser computada als efectes d’antiguitat o reconeixement de serveis previs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F87818A" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="6F87818A" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C816F9D" w14:textId="0A76B11D" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="3C816F9D" w14:textId="0A76B11D" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">3.9 </w:t>
       </w:r>
-      <w:r w:rsidR="006B783C" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="006B783C" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00215B97" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00215B97" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>’entitat col·laboradora</w:t>
       </w:r>
-      <w:r w:rsidR="006B783C" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="006B783C" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">ha de donar d'alta a la Seguretat Social </w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="2426E5E0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="2426E5E0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="106E2C8A" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="106E2C8A" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>estudiant sempre que aquest en rebi una contraprestació econòmica, qualsevol que sigui el concepte o la forma en què es percebi, segons estableix el Reial Decret 1493/2011, de 24 d’octubre, pel qual es regulen els termes i condicions d’inclusió en el Règim General de la Seguretat Social de les persones que participen en programes de formació, i d’acord amb el contingut de la disposició addicional 25a del Reial Decret Llei 8/2014, de 4 de juliol, d’aprovació de mesures  urgents pel creixement, la competitivitat i l’eficiència.</w:t>
       </w:r>
-      <w:r w:rsidR="008D4378" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="008D4378" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Els termes de la remuneració entre l’entitat col·laboradora i l’estudiant s’establiran en l’addenda corresponent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA3A3D7" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="4CA3A3D7" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="001D20E9" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="1133"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79A450FB" w14:textId="750A2EBF" w:rsidR="00247E93" w:rsidRPr="00102C7B" w:rsidRDefault="00247E93" w:rsidP="00247E93">
+    <w:p w14:paraId="79A450FB" w14:textId="750A2EBF" w:rsidR="00247E93" w:rsidRPr="001D20E9" w:rsidRDefault="00247E93" w:rsidP="00247E93">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">3.10 En el cas que els estudiants no rebin una prestació econòmica, d’acord amb la disposició </w:t>
       </w:r>
-      <w:r w:rsidR="005978D8" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="005978D8" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">addicional </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">52a del Text refós de la Llei general de la Seguretat Social, introduïda pel Reial Decret Llei 2/2023, de 16 de març, de mesures urgents per a l'ampliació de drets dels pensionistes, la reducció de la bretxa de gènere i l'establiment d'un nou marc de sostenibilitat del sistema públic de pensions, de conformitat amb la modificació efectuada per l’article 212 del Reial Decret Llei 5/2023, de 28 de juny, a partir de l'1 de gener de 2024, la Universitat assumirà el cost i la gestió de donar d'alta al sistema de seguretat social als i les estudiants que desenvolupin les pràctiques acadèmiques curriculars no remunerades. A aquest efecte, l’entitat col·laboradora comunicarà de forma immediata a la Universitat Autònoma de Barcelona dels dies d’absència programada de l’estudiant així com </w:t>
       </w:r>
-      <w:r w:rsidR="6B691C73" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="6B691C73" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">els dies que no hagi pogut assistir a la realització de les pràctiques amb motiu de la seva baixa de conformitat amb el què disposa la disposició </w:t>
       </w:r>
-      <w:r w:rsidR="005978D8" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="005978D8" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">addicional </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>52a del Text refós de la Llei General de la Seguretat Social, introduïda pel Reial Decret Llei 2/2023 abans esmentat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC3ABF7" w14:textId="77777777" w:rsidR="00247E93" w:rsidRPr="00102C7B" w:rsidRDefault="00247E93" w:rsidP="00247E93">
+    <w:p w14:paraId="2FC3ABF7" w14:textId="77777777" w:rsidR="00247E93" w:rsidRPr="001D20E9" w:rsidRDefault="00247E93" w:rsidP="00247E93">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B9D7A37" w14:textId="128E70F0" w:rsidR="00754512" w:rsidRPr="00AB06A3" w:rsidRDefault="00247E93" w:rsidP="0DF0BE46">
+    <w:p w14:paraId="0B9D7A37" w14:textId="128E70F0" w:rsidR="00754512" w:rsidRPr="001D20E9" w:rsidRDefault="00247E93" w:rsidP="0DF0BE46">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
-[...8 lines deleted...]
-      <w:r w:rsidR="008D4378" w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En qualsevol cas, sempre que les pràctiques que realitzi la persona estudiant siguin de caràcter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>extracurricular</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>, l’estudiant de la UAB haurà de percebre una aportació econòmica per part de l’entitat col·laboradora en concepte d’ajut a l’estudi</w:t>
+      </w:r>
+      <w:r w:rsidR="008D4378" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>, que serà fixada a l’addenda corresponent</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
-[...9 lines deleted...]
-    <w:p w14:paraId="5ABC1CF6" w14:textId="7A39E265" w:rsidR="00754512" w:rsidRPr="00AB06A3" w:rsidRDefault="00754512" w:rsidP="0DF0BE46">
+      <w:r w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Aquest ajut no pot ser inferior a la quantitat aprovada pel Consell Social de la UAB cada curs acadèmic i que està inclosa dins de les tarifes del Servei d’Ocupabilitat de la UAB com a ajut a l’estudi per a les persones estudiants en pràctiques </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>extracurriculars</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABC1CF6" w14:textId="7A39E265" w:rsidR="00754512" w:rsidRPr="001D20E9" w:rsidRDefault="00754512" w:rsidP="0DF0BE46">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FA399AC" w14:textId="3C81D701" w:rsidR="00754512" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00247E93">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB06A3">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r w:rsidR="0ECBEA4B" w:rsidRPr="00AB06A3">
+      <w:r w:rsidR="0ECBEA4B" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB06A3">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B783C" w:rsidRPr="00AB06A3">
+      <w:r w:rsidR="006B783C" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>L’entitat col·laboradora</w:t>
       </w:r>
-      <w:r w:rsidR="001652F5" w:rsidRPr="00AB06A3">
+      <w:r w:rsidR="001652F5" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB06A3">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">ha d’informar </w:t>
       </w:r>
-      <w:r w:rsidR="507B9256" w:rsidRPr="00AB06A3">
+      <w:r w:rsidR="507B9256" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>l’e</w:t>
       </w:r>
-      <w:r w:rsidR="222DC8B0" w:rsidRPr="00AB06A3">
+      <w:r w:rsidR="222DC8B0" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>studiant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB06A3">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en pràctiques de la normativa de seguretat i prevenció de riscos laborals. </w:t>
       </w:r>
-      <w:r w:rsidR="00754512" w:rsidRPr="00AB06A3">
+      <w:r w:rsidR="00754512" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Així mateix, l’entitat col·laboradora es compromet a tractar les dades de l’estudiant d’acord amb la normativa reguladora de les dades de caràcter personal i a facilitar a l’estudiant les dades necessàries per tal que pugui exercir els drets d’accés, rectificació, cancel·lació i oposició.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="436CA326" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:left="708" w:right="1133" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39BBB395" w14:textId="71A5357C" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="39BBB395" w14:textId="71A5357C" w:rsidR="00855E84" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:pStyle w:val="CM20"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="1133"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3.1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2C3F0FF3" w:rsidRPr="00102C7B">
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="2C3F0FF3" w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0025412B" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="0025412B" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>En el cas de pràctiques extracurriculars, l</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006B783C" w:rsidRPr="00102C7B">
+        <w:t xml:space="preserve">En el cas de pràctiques </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0025412B" w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>extracurriculars</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0025412B" w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, l</w:t>
+      </w:r>
+      <w:r w:rsidR="006B783C" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">’entitat col·laboradora </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>abonar</w:t>
       </w:r>
-      <w:r w:rsidR="00CD05AA" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00CD05AA" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> a la Universitat l’import corresponent en concepte de despeses </w:t>
       </w:r>
-      <w:r w:rsidR="007D05C1" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="007D05C1" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">de gestió i tramitació del conveni, </w:t>
       </w:r>
-      <w:r w:rsidR="0025412B" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="0025412B" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> segons </w:t>
       </w:r>
-      <w:r w:rsidR="007D05C1" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="007D05C1" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>les tarifes i condicions aprovades</w:t>
       </w:r>
-      <w:r w:rsidR="0025412B" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="0025412B" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> pel Consell Social de la UAB per a cada curs acadèmic</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E53F9B" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="70E53F9B" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25C60D67" w14:textId="1AB37EFF" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="25C60D67" w14:textId="1AB37EFF" w:rsidR="00855E84" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r w:rsidR="45F5584A" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="45F5584A" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> L’estudiant té dret a la propietat intel·lectual i industrial de les tasques, investigacions dutes a terme, o dels resultats obtinguts en els termes establerts a la legislació reguladora de la matèria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08835EDE" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00102C7B" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
+    <w:p w14:paraId="08835EDE" w14:textId="77777777" w:rsidR="00855E84" w:rsidRPr="00AB06A3" w:rsidRDefault="00855E84" w:rsidP="00712D1B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="047480C9" w14:textId="14D6D161" w:rsidR="00112BF9" w:rsidRPr="00102C7B" w:rsidRDefault="00E16296" w:rsidP="00EF6E92">
+    <w:p w14:paraId="047480C9" w14:textId="14D6D161" w:rsidR="00112BF9" w:rsidRPr="00AB06A3" w:rsidRDefault="00E16296" w:rsidP="00EF6E92">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Quart</w:t>
       </w:r>
-      <w:r w:rsidR="00334448" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00334448" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00112BF9" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00112BF9" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Condicions particulars de realització de les pràctiques</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="047D478F" w14:textId="77777777" w:rsidR="00112BF9" w:rsidRPr="00102C7B" w:rsidRDefault="00112BF9" w:rsidP="00712D1B">
+    <w:p w14:paraId="047D478F" w14:textId="77777777" w:rsidR="00112BF9" w:rsidRPr="00AB06A3" w:rsidRDefault="00112BF9" w:rsidP="00712D1B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="1133"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0488AEF5" w14:textId="232C701D" w:rsidR="00394CF7" w:rsidRPr="00102C7B" w:rsidRDefault="00112BF9" w:rsidP="00840E50">
+    <w:p w14:paraId="0488AEF5" w14:textId="232C701D" w:rsidR="00394CF7" w:rsidRPr="00AB06A3" w:rsidRDefault="00112BF9" w:rsidP="00840E50">
       <w:pPr>
         <w:ind w:right="1101"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1 </w:t>
       </w:r>
-      <w:r w:rsidR="00394CF7" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00394CF7" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">conveni específic de col·laboració </w:t>
       </w:r>
-      <w:r w:rsidR="00394CF7" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00394CF7" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>al qual es refereix l’acord primer ha d’incloure una clàusula en la qual l’estudiant manifesta que coneix i accepta de forma expressa les condicions de realització de les pràctiques i es compromet a complir totes les obligacions que</w:t>
       </w:r>
-      <w:r w:rsidR="007D7B56" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="007D7B56" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> derivin del propi conveni i de la </w:t>
       </w:r>
-      <w:r w:rsidR="00394CF7" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00394CF7" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">normativa </w:t>
       </w:r>
-      <w:r w:rsidR="007D7B56" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="007D7B56" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>vigent, i a</w:t>
       </w:r>
-      <w:r w:rsidR="00394CF7" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00394CF7" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> mantenir la confidencialitat i el secret professional en relació amb la informació interna i les activitats de l’entitat col·laboradora.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7555F390" w14:textId="77777777" w:rsidR="007D7B56" w:rsidRPr="00102C7B" w:rsidRDefault="007D7B56" w:rsidP="00394CF7">
-[...9 lines deleted...]
-    <w:p w14:paraId="552EF6B0" w14:textId="1361F72E" w:rsidR="00112BF9" w:rsidRPr="00102C7B" w:rsidRDefault="007D7B56" w:rsidP="00712D1B">
+    <w:p w14:paraId="7555F390" w14:textId="77777777" w:rsidR="007D7B56" w:rsidRPr="00AB06A3" w:rsidRDefault="007D7B56" w:rsidP="00394CF7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="552EF6B0" w14:textId="1361F72E" w:rsidR="00112BF9" w:rsidRPr="00AB06A3" w:rsidRDefault="007D7B56" w:rsidP="00712D1B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>4.2 En</w:t>
       </w:r>
-      <w:r w:rsidR="00AC443B" w:rsidRPr="00102C7B">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00AC443B" w:rsidRPr="00AB06A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC443B" w:rsidRPr="001D20E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cas de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>realització  de</w:t>
       </w:r>
-      <w:r w:rsidR="00AC443B" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00AC443B" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> pràctiques </w:t>
       </w:r>
-      <w:r w:rsidR="6B0A6D14" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="6B0A6D14" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">acadèmiques externes </w:t>
       </w:r>
-      <w:r w:rsidR="00AC443B" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00AC443B" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>curriculars</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, el conveni específic </w:t>
       </w:r>
-      <w:r w:rsidR="00AC443B" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00AC443B" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>s’ajustarà a l’</w:t>
       </w:r>
-      <w:r w:rsidR="00112BF9" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00112BF9" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">annex </w:t>
       </w:r>
-      <w:r w:rsidR="008D4378" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="008D4378" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">corresponent </w:t>
       </w:r>
-      <w:r w:rsidR="00AC443B" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00AC443B" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">que s’adjunta </w:t>
       </w:r>
-      <w:r w:rsidR="005A332D" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="005A332D" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">en aquest </w:t>
       </w:r>
-      <w:r w:rsidR="00112BF9" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00112BF9" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">conveni </w:t>
       </w:r>
-      <w:r w:rsidR="005A332D" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="005A332D" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
-      <w:r w:rsidR="00112BF9" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00112BF9" w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>en el qual s’han d’especificar les dades següents:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BAB18E" w14:textId="77777777" w:rsidR="00112BF9" w:rsidRPr="00102C7B" w:rsidRDefault="00112BF9" w:rsidP="00712D1B">
+    <w:p w14:paraId="05BAB18E" w14:textId="77777777" w:rsidR="00112BF9" w:rsidRPr="00AB06A3" w:rsidRDefault="00112BF9" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="663A527A" w14:textId="77777777" w:rsidR="00112BF9" w:rsidRPr="00AB06A3" w:rsidRDefault="00112BF9" w:rsidP="00712D1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Identitat de l’estudiant en pràctiques.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667AED82" w14:textId="6B397F63" w:rsidR="00112BF9" w:rsidRPr="00AB06A3" w:rsidRDefault="00112BF9" w:rsidP="00712D1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Modalitat de les pràctiques (curriculars).</w:t>
@@ -4503,59 +4563,71 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3 En el cas de la realització de pràctiques acadèmiques </w:t>
       </w:r>
       <w:r w:rsidR="00F77A07" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">externes </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>extracurriculars, aquest</w:t>
+        <w:t>extracurriculars</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB06A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>, aquest</w:t>
       </w:r>
       <w:r w:rsidR="00B04684" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> conveni específic de col·laboració es tramitarà a través de l</w:t>
       </w:r>
       <w:r w:rsidR="607E4D30" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>a plataforma informàtica</w:t>
       </w:r>
       <w:r w:rsidR="00B04684" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="0070C0"/>
@@ -5803,69 +5875,69 @@
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="003F12A5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>.dades@uab.cat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8D32BA" w14:textId="77777777" w:rsidR="005F4029" w:rsidRPr="003F12A5" w:rsidRDefault="005F4029" w:rsidP="005F4029">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19DFF625" w14:textId="77777777" w:rsidR="005F4029" w:rsidRPr="003F12A5" w:rsidRDefault="005F4029" w:rsidP="005F4029">
+    <w:p w14:paraId="19DFF625" w14:textId="00E1F043" w:rsidR="005F4029" w:rsidRPr="003F12A5" w:rsidRDefault="005F4029" w:rsidP="005F4029">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F12A5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>Per part de l’entitat col·laboradora: XXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXX</w:t>
+        <w:t>Per part de l’entitat col·laboradora: XXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DAC06C4" w14:textId="3FF2A47C" w:rsidR="00CA0083" w:rsidRPr="003F12A5" w:rsidRDefault="00740B3D" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F12A5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EFF9B33" w14:textId="0EF1EB7E" w:rsidR="00CA0083" w:rsidRPr="00AB06A3" w:rsidRDefault="00CA0083" w:rsidP="00712D1B">
       <w:pPr>
@@ -6307,76 +6379,76 @@
         <w:t>L’expiració del termini de vigència.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7818A67A" w14:textId="77777777" w:rsidR="00390546" w:rsidRPr="00AB06A3" w:rsidRDefault="00390546" w:rsidP="00712D1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>El mutu acord de les parts, manifestat per escrit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B78729" w14:textId="77777777" w:rsidR="00390546" w:rsidRPr="00AB06A3" w:rsidRDefault="00390546" w:rsidP="00712D1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>La impossibilitat sobrevinguda legal o material de donar compliment a l’objecte d’aquest conveni.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC91F03" w14:textId="77777777" w:rsidR="00390546" w:rsidRPr="00AB06A3" w:rsidRDefault="00390546" w:rsidP="00712D1B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
@@ -6622,76 +6694,76 @@
     <w:p w14:paraId="06C770EA" w14:textId="77777777" w:rsidR="00114CE5" w:rsidRPr="004C04D6" w:rsidRDefault="00114CE5" w:rsidP="00114CE5">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk195003536"/>
       <w:r w:rsidRPr="004C04D6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>Tretzè. Mesures contra situacions de discriminació o d’assetjament</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C43839F" w14:textId="77777777" w:rsidR="00114CE5" w:rsidRPr="004C04D6" w:rsidRDefault="00114CE5" w:rsidP="00114CE5">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="70FA0719" w14:textId="529FD9E0" w:rsidR="000D5875" w:rsidRPr="001D20E9" w:rsidRDefault="009D70AF" w:rsidP="00EF6E92">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004C04D6">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t>Les pràctiques acadèmiques externes s’han de desenvolupar sota els principis d’igualtat, inclusió, no discriminació i tolerància zero a l’assetjament. Les parts acorden que abordaran les possibles situacions de discriminació o d’assetjament en què estigui implicat l’estudiant de forma conjunta. L’entitat col·laboradora aplicarà el seu protocol per adoptar mesures preventives i correctives durant la realització de les pràctiques externes. Si no en té, és aplicable el de la Universitat. La UAB podrà aplicar la seva normativa en relació amb l’estudiant quan aquest/a sigui el subjecte actiu. La UAB acompanyarà i tindrà la condició de part interessada quan l’estudiant sigui el subjecte passiu d’aquestes situacions de discriminació o assetjament.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="70FA0719" w14:textId="77777777" w:rsidR="000D5875" w:rsidRPr="003F12A5" w:rsidRDefault="000D5875" w:rsidP="00EF6E92">
+        <w:t>Les pràctiques acadèmiques externes s'han de desenvolupar sota els principis d'igualtat, inclusió, no discriminació i tolerància zero a l'assetjament. Les parts acorden que abordaran les possibles situacions de discriminació o d'assetjament en què l'estudiant estigui implicat de forma conjunta, i es comprometen a aplicar el protocol per prevenir i actuar contra situacions d'assetjament que correspongui, segons les circumstàncies de cada cas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25257EA5" w14:textId="77777777" w:rsidR="009D70AF" w:rsidRPr="001D20E9" w:rsidRDefault="009D70AF" w:rsidP="00EF6E92">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06EF4592" w14:textId="11B40348" w:rsidR="00AA6E84" w:rsidRPr="003F12A5" w:rsidRDefault="000D5875" w:rsidP="00EF6E92">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
@@ -6881,92 +6953,70 @@
       </w:r>
       <w:r w:rsidR="43767CA2" w:rsidRPr="003F12A5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>. Transparència</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D79A829" w14:textId="549FC3BF" w:rsidR="43767CA2" w:rsidRPr="003F12A5" w:rsidRDefault="43767CA2" w:rsidP="009D50EA">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0940AF30" w14:textId="2CB9F16C" w:rsidR="43767CA2" w:rsidRPr="00AB06A3" w:rsidRDefault="43767CA2" w:rsidP="00E16669">
+    <w:p w14:paraId="43651496" w14:textId="77777777" w:rsidR="009D70AF" w:rsidRPr="001D20E9" w:rsidRDefault="009D70AF" w:rsidP="009D70AF">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:right="1101" w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00AB06A3">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> signants, en relació amb aquest conveni, faran pública la informació relativa a les parts signants, l'objecte, la vigència, les obligacions que assumeixen les parts, incloent les econòmiques, i qualsevol modificació que es realitzi.</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La UAB, de conformitat amb la legislació vigent sobre transparència, accés a la informació pública i bon govern, es compromet, en relació amb aquest conveni, a fer pública la informació relativa a les parts signants, l'objecte, la vigència, les obligacions que assumeixen les parts, incloent-ne les econòmiques, i qualsevol modificació que es realitzi. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B728824" w14:textId="44D78244" w:rsidR="579FA2F3" w:rsidRPr="00AB06A3" w:rsidRDefault="579FA2F3" w:rsidP="00E16669">
       <w:pPr>
         <w:ind w:right="1101"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6629FFE8" w14:textId="77777777" w:rsidR="00334448" w:rsidRPr="00AB06A3" w:rsidRDefault="00334448" w:rsidP="00E16669">
       <w:pPr>
         <w:ind w:right="1101"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
@@ -7472,1705 +7522,1717 @@
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE3423D" w14:textId="77777777" w:rsidR="00882139" w:rsidRPr="00AB06A3" w:rsidRDefault="00882139">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E6F88A" w14:textId="77777777" w:rsidR="008D4378" w:rsidRPr="00102C7B" w:rsidRDefault="008D4378" w:rsidP="00712D1B">
+    <w:p w14:paraId="74E6F88A" w14:textId="77777777" w:rsidR="008D4378" w:rsidRDefault="008D4378" w:rsidP="00712D1B">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:ind w:left="128" w:right="1133" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="001D20E9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ANNEX (model per a pràctiques curriculars):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EECBB0C" w14:textId="77777777" w:rsidR="00B1464A" w:rsidRPr="00102C7B" w:rsidRDefault="00B1464A" w:rsidP="00712D1B">
+    <w:p w14:paraId="5EECBB0C" w14:textId="77777777" w:rsidR="00B1464A" w:rsidRDefault="00B1464A" w:rsidP="00712D1B">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:ind w:left="128" w:right="1133" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59617693" w14:textId="170101A9" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
+    <w:p w14:paraId="59617693" w14:textId="170101A9" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:ind w:left="128" w:right="1133" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>ADDENDA PER</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>LA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>FORMALITZACIÓ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>DE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>COL·LABORACIONS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="53"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>ESPECÍFIQUES</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>ENTRE</w:t>
       </w:r>
-      <w:r w:rsidR="00F61004" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00F61004" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> LA</w:t>
       </w:r>
-      <w:r w:rsidR="6B39B6D8" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="6B39B6D8" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:spacing w:val="60"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>UNIVERSITAT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>AUTÒNOMA</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>DE</w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00102C7B">
+      <w:r w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>BARCELONA</w:t>
       </w:r>
-      <w:r w:rsidR="00F61004" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00F61004" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="76DDC39C" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="76DDC39C" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00F61004" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="00F61004" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> NOM ENTITAT COL·LABORADORA</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="4A1DBAFF" w:rsidRPr="00102C7B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61004" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
+          <w:highlight w:val="lightGray"/>
+          <w:lang w:val="ca-ES"/>
+        </w:rPr>
+        <w:t>NOM ENTITAT COL·LABORADORA</w:t>
+      </w:r>
+      <w:r w:rsidR="4A1DBAFF" w:rsidRPr="00AB06A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:highlight w:val="lightGray"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="4A1DBAFF" w:rsidRPr="00102C7B">
+      <w:r w:rsidR="4A1DBAFF" w:rsidRPr="00AB06A3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
         <w:t>PER A PRÀCTIQUES ACADÈMIQUES EXTERNES CURRICULARS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0EC1DE" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
+    <w:p w14:paraId="0B0EC1DE" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:ind w:right="1133"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="101" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="607BF4BA" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="607BF4BA" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="999999"/>
           </w:tcPr>
-          <w:p w14:paraId="50301AAB" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
+          <w:p w14:paraId="50301AAB" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="198" w:right="1133"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="53"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dades</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>l’estudiant</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="550DD43B" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="550DD43B" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E685EE9" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="0E685EE9" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="250" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> cognoms:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="52B25AB5" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00292C8D" w14:paraId="52B25AB5" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E93AF22" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="0E93AF22" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="251" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Estudis</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>als</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>quals</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>està</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>matriculat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="26EEC558" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="26EEC558" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F4EA3CD" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="1F4EA3CD" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="251" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>DNI/NIE/Passaport:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="200CC07C" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="200CC07C" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31157A97" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="31157A97" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Adreça:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="6EF94273" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="6EF94273" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24410F6B" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="24410F6B" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="251" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Telèfon</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> adreça</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>electrònica:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="57F9E8F2" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="57F9E8F2" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B773A06" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="6B773A06" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="251" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Número</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>afiliació</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Seguretat Social :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="296A73FE" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
+    <w:p w14:paraId="296A73FE" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
       <w:pPr>
         <w:spacing w:before="11"/>
         <w:ind w:right="1133"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="101" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="6FBF85A2" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="6FBF85A2" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="999999"/>
           </w:tcPr>
-          <w:p w14:paraId="73F09636" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
+          <w:p w14:paraId="73F09636" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="250" w:lineRule="exact"/>
               <w:ind w:left="198" w:right="1133"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="53"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Dades</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> de les</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>pràctiques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="5B24C051" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="5B24C051" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="217686F9" w14:textId="6DCB25A8" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="217686F9" w14:textId="6DCB25A8" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Tipus de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>pràctiques:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="6F987198" w:rsidRPr="00102C7B">
+            <w:r w:rsidR="6F987198" w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>urriculars</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="1E221F89" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="1E221F89" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BF2D6AB" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="2BF2D6AB" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="250" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Centre</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>docent:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="62E242AA" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00292C8D" w14:paraId="62E242AA" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E209434" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="1E209434" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="251" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> codi </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>del</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>programa:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="17B5B63E" w14:textId="77777777" w:rsidTr="19A086AF">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="17B5B63E" w14:textId="77777777" w:rsidTr="19A086AF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D24614E" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="1D24614E" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="91"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>crèdits:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="00AB06A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>ECTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="311D3840" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
+    <w:p w14:paraId="311D3840" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
       <w:pPr>
         <w:spacing w:before="9"/>
         <w:ind w:right="1133"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ca-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="101" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8495"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="2D0D79A8" w14:textId="77777777" w:rsidTr="00DE4DEC">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="2D0D79A8" w14:textId="77777777" w:rsidTr="00DE4DEC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="999999"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="999999"/>
           </w:tcPr>
-          <w:p w14:paraId="4903ACEA" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
+          <w:p w14:paraId="4903ACEA" w14:textId="77777777" w:rsidR="004B5C14" w:rsidRPr="001D20E9" w:rsidRDefault="004B5C14" w:rsidP="00712D1B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="198" w:right="1133"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="53"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Projecte</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>formatiu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B5C14" w:rsidRPr="00102C7B" w14:paraId="323954CF" w14:textId="77777777" w:rsidTr="00DE4DEC">
+      <w:tr w:rsidR="004B5C14" w:rsidRPr="00AB06A3" w14:paraId="323954CF" w14:textId="77777777" w:rsidTr="00DE4DEC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="999999"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7900E40A" w14:textId="0051BA07" w:rsidR="004B5C14" w:rsidRPr="00102C7B" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
+          <w:p w14:paraId="7900E40A" w14:textId="0051BA07" w:rsidR="004B5C14" w:rsidRPr="001D20E9" w:rsidRDefault="004B5C14" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="252" w:lineRule="exact"/>
               <w:ind w:left="102" w:right="232"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Objectius</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>educatius, tasques</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> a </w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>desenvolupar</w:t>
             </w:r>
-            <w:r w:rsidR="00310D27" w:rsidRPr="00102C7B">
+            <w:r w:rsidR="00310D27" w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> i resultats d’aprenentatge</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB19EB" w:rsidRPr="00AB06A3" w14:paraId="6BF9BE79" w14:textId="77777777" w:rsidTr="00EB19EB">
         <w:trPr>
           <w:trHeight w:val="607"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C7768BB" w14:textId="13060811" w:rsidR="00EB19EB" w:rsidRPr="00AB06A3" w:rsidRDefault="00EB19EB" w:rsidP="00310D27">
+          <w:p w14:paraId="5C7768BB" w14:textId="1BF315F3" w:rsidR="00EB19EB" w:rsidRPr="001D20E9" w:rsidRDefault="00EB19EB" w:rsidP="00310D27">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2"/>
               <w:ind w:left="102" w:right="232"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:eastAsia="Arial" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>Resultats d’aprenentatge (habilitats, coneixements i competències</w:t>
             </w:r>
-            <w:r w:rsidR="00D95651">
+            <w:r w:rsidR="003D5D4B" w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00102C7B">
+            <w:r w:rsidRPr="001D20E9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ca-ES"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B5C14" w:rsidRPr="00292C8D" w14:paraId="6C0C440A" w14:textId="77777777" w:rsidTr="00DE4DEC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
@@ -15532,65 +15594,65 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="11"/>
         <w:ind w:right="138"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006F7F11" w:rsidRPr="00E23D3B" w:rsidSect="005C2849">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1382" w:right="1134" w:bottom="992" w:left="1134" w:header="567" w:footer="1012" w:gutter="0"/>
       <w:cols w:num="3" w:space="1420"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4600C708" w14:textId="77777777" w:rsidR="00DA28B9" w:rsidRDefault="00DA28B9" w:rsidP="00334448">
+    <w:p w14:paraId="7CC989A2" w14:textId="77777777" w:rsidR="00A7747F" w:rsidRDefault="00A7747F" w:rsidP="00334448">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09171A9A" w14:textId="77777777" w:rsidR="00DA28B9" w:rsidRDefault="00DA28B9" w:rsidP="00334448">
+    <w:p w14:paraId="7D68311A" w14:textId="77777777" w:rsidR="00A7747F" w:rsidRDefault="00A7747F" w:rsidP="00334448">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="60C775B4" w14:textId="77777777" w:rsidR="00DA28B9" w:rsidRDefault="00DA28B9"/>
+    <w:p w14:paraId="64F773FA" w14:textId="77777777" w:rsidR="00A7747F" w:rsidRDefault="00A7747F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -15847,65 +15909,65 @@
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:t xml:space="preserve"> - 3</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BBB0CB6" w14:textId="77777777" w:rsidR="00DA28B9" w:rsidRDefault="00DA28B9" w:rsidP="00334448">
+    <w:p w14:paraId="76FB353B" w14:textId="77777777" w:rsidR="00A7747F" w:rsidRDefault="00A7747F" w:rsidP="00334448">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26B70004" w14:textId="77777777" w:rsidR="00DA28B9" w:rsidRDefault="00DA28B9" w:rsidP="00334448">
+    <w:p w14:paraId="1B987FC2" w14:textId="77777777" w:rsidR="00A7747F" w:rsidRDefault="00A7747F" w:rsidP="00334448">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6B5A9CD8" w14:textId="77777777" w:rsidR="00DA28B9" w:rsidRDefault="00DA28B9"/>
+    <w:p w14:paraId="30D52AE3" w14:textId="77777777" w:rsidR="00A7747F" w:rsidRDefault="00A7747F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="662A0010" w14:textId="1C670EF1" w:rsidR="00582289" w:rsidRDefault="00582289">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000402"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17320,227 +17382,232 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="949627605">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1695112135">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="710301203">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Raimunda Borrego Vicente">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::0001291@uab.cat::a8f4b7f1-8015-48ef-b1bb-b936aa8aa353"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00334448"/>
     <w:rsid w:val="00001866"/>
     <w:rsid w:val="000124E8"/>
     <w:rsid w:val="00015AD0"/>
     <w:rsid w:val="00017A49"/>
     <w:rsid w:val="00026E24"/>
     <w:rsid w:val="000303DF"/>
     <w:rsid w:val="00031436"/>
     <w:rsid w:val="00032187"/>
     <w:rsid w:val="00040AFC"/>
     <w:rsid w:val="000423BC"/>
     <w:rsid w:val="00055136"/>
     <w:rsid w:val="00066EE5"/>
     <w:rsid w:val="00070D5A"/>
     <w:rsid w:val="00076532"/>
     <w:rsid w:val="000767A4"/>
     <w:rsid w:val="00082B5E"/>
     <w:rsid w:val="00083FC7"/>
     <w:rsid w:val="0008489C"/>
     <w:rsid w:val="0008621D"/>
+    <w:rsid w:val="00096A14"/>
     <w:rsid w:val="000A3100"/>
     <w:rsid w:val="000A5722"/>
     <w:rsid w:val="000C6915"/>
     <w:rsid w:val="000D5875"/>
     <w:rsid w:val="000E18C4"/>
     <w:rsid w:val="000E5B7F"/>
     <w:rsid w:val="000F0BF3"/>
     <w:rsid w:val="000F4B5D"/>
     <w:rsid w:val="000F7EE0"/>
-    <w:rsid w:val="00102C7B"/>
     <w:rsid w:val="00112BF9"/>
     <w:rsid w:val="00114CE5"/>
     <w:rsid w:val="001177FC"/>
     <w:rsid w:val="00122A99"/>
     <w:rsid w:val="00125F7C"/>
     <w:rsid w:val="00134438"/>
     <w:rsid w:val="001368D8"/>
     <w:rsid w:val="00141CCF"/>
     <w:rsid w:val="0014428A"/>
     <w:rsid w:val="001459EC"/>
     <w:rsid w:val="001473C8"/>
     <w:rsid w:val="00151460"/>
     <w:rsid w:val="00153809"/>
     <w:rsid w:val="00157E73"/>
+    <w:rsid w:val="00164B7D"/>
     <w:rsid w:val="001652F5"/>
     <w:rsid w:val="00173774"/>
     <w:rsid w:val="001760D1"/>
     <w:rsid w:val="0017715B"/>
     <w:rsid w:val="0019270C"/>
     <w:rsid w:val="00194C39"/>
     <w:rsid w:val="001A037E"/>
     <w:rsid w:val="001A1073"/>
     <w:rsid w:val="001A68BF"/>
     <w:rsid w:val="001C0726"/>
     <w:rsid w:val="001C1442"/>
     <w:rsid w:val="001C214B"/>
+    <w:rsid w:val="001C6611"/>
     <w:rsid w:val="001D05F5"/>
+    <w:rsid w:val="001D20E9"/>
     <w:rsid w:val="001D5BAC"/>
     <w:rsid w:val="001E2673"/>
     <w:rsid w:val="001E4FAA"/>
     <w:rsid w:val="00204CA4"/>
     <w:rsid w:val="00215B97"/>
     <w:rsid w:val="0021764B"/>
     <w:rsid w:val="00243382"/>
     <w:rsid w:val="00243A0B"/>
     <w:rsid w:val="00247E93"/>
     <w:rsid w:val="00253EE2"/>
     <w:rsid w:val="0025412B"/>
     <w:rsid w:val="00254345"/>
     <w:rsid w:val="002622E6"/>
     <w:rsid w:val="00265281"/>
     <w:rsid w:val="00274407"/>
     <w:rsid w:val="0027445D"/>
     <w:rsid w:val="00276AF5"/>
     <w:rsid w:val="00286FE5"/>
     <w:rsid w:val="00292C8D"/>
     <w:rsid w:val="00294BD5"/>
     <w:rsid w:val="002A6EC0"/>
-    <w:rsid w:val="002B540A"/>
+    <w:rsid w:val="002C5E56"/>
     <w:rsid w:val="002C60C6"/>
     <w:rsid w:val="002C7726"/>
     <w:rsid w:val="002D03A5"/>
     <w:rsid w:val="002D1198"/>
     <w:rsid w:val="002D50E0"/>
     <w:rsid w:val="002E06DC"/>
     <w:rsid w:val="002E07AF"/>
     <w:rsid w:val="002E1DE5"/>
     <w:rsid w:val="002E6F91"/>
     <w:rsid w:val="002E7B78"/>
     <w:rsid w:val="002F0963"/>
     <w:rsid w:val="003068B2"/>
     <w:rsid w:val="003107F6"/>
     <w:rsid w:val="00310D27"/>
     <w:rsid w:val="003241DB"/>
     <w:rsid w:val="0032457A"/>
     <w:rsid w:val="00324C04"/>
     <w:rsid w:val="00331B59"/>
     <w:rsid w:val="003322AD"/>
     <w:rsid w:val="00333699"/>
     <w:rsid w:val="00334448"/>
+    <w:rsid w:val="00344EDC"/>
     <w:rsid w:val="00360EE7"/>
     <w:rsid w:val="00374B64"/>
     <w:rsid w:val="00375B59"/>
     <w:rsid w:val="00375E6F"/>
     <w:rsid w:val="003812E7"/>
     <w:rsid w:val="0038385E"/>
     <w:rsid w:val="00387585"/>
     <w:rsid w:val="00387E13"/>
     <w:rsid w:val="00390546"/>
     <w:rsid w:val="00394CF7"/>
     <w:rsid w:val="003A2B74"/>
     <w:rsid w:val="003A427B"/>
     <w:rsid w:val="003A4706"/>
     <w:rsid w:val="003A6E0D"/>
     <w:rsid w:val="003B3F99"/>
     <w:rsid w:val="003B5428"/>
     <w:rsid w:val="003C3761"/>
     <w:rsid w:val="003C502A"/>
     <w:rsid w:val="003C684F"/>
+    <w:rsid w:val="003D5D4B"/>
     <w:rsid w:val="003D633E"/>
     <w:rsid w:val="003E25D8"/>
     <w:rsid w:val="003E520B"/>
     <w:rsid w:val="003F12A5"/>
     <w:rsid w:val="004027A3"/>
     <w:rsid w:val="00402F45"/>
     <w:rsid w:val="00405F2E"/>
     <w:rsid w:val="004128E2"/>
     <w:rsid w:val="00417695"/>
     <w:rsid w:val="00421EA5"/>
     <w:rsid w:val="00426777"/>
     <w:rsid w:val="00430DC3"/>
     <w:rsid w:val="00442C74"/>
     <w:rsid w:val="004474AC"/>
     <w:rsid w:val="00450ED4"/>
     <w:rsid w:val="00453A3A"/>
     <w:rsid w:val="00455867"/>
     <w:rsid w:val="004563D4"/>
     <w:rsid w:val="004573C7"/>
     <w:rsid w:val="0046545C"/>
     <w:rsid w:val="004749F4"/>
     <w:rsid w:val="004776F2"/>
     <w:rsid w:val="004911BA"/>
     <w:rsid w:val="00496573"/>
     <w:rsid w:val="004A2C8D"/>
     <w:rsid w:val="004B498D"/>
     <w:rsid w:val="004B5C14"/>
     <w:rsid w:val="004C04D6"/>
     <w:rsid w:val="004C0763"/>
     <w:rsid w:val="004D1F9F"/>
     <w:rsid w:val="004D22AB"/>
     <w:rsid w:val="004D5B21"/>
-    <w:rsid w:val="004E3A43"/>
     <w:rsid w:val="004E5913"/>
     <w:rsid w:val="004E76E1"/>
     <w:rsid w:val="004F2609"/>
     <w:rsid w:val="004F67F2"/>
     <w:rsid w:val="00504C3F"/>
     <w:rsid w:val="00511C71"/>
     <w:rsid w:val="00523600"/>
     <w:rsid w:val="00525CD1"/>
     <w:rsid w:val="0053157A"/>
     <w:rsid w:val="00532BC8"/>
     <w:rsid w:val="00535F74"/>
     <w:rsid w:val="00536F79"/>
     <w:rsid w:val="005475E2"/>
     <w:rsid w:val="00555B37"/>
     <w:rsid w:val="00560CDA"/>
     <w:rsid w:val="005662FE"/>
     <w:rsid w:val="00572358"/>
     <w:rsid w:val="005748CD"/>
     <w:rsid w:val="00575CAF"/>
     <w:rsid w:val="0057700C"/>
     <w:rsid w:val="00577F6D"/>
     <w:rsid w:val="00580A28"/>
     <w:rsid w:val="00582289"/>
     <w:rsid w:val="00586600"/>
     <w:rsid w:val="00594C73"/>
@@ -17549,199 +17616,201 @@
     <w:rsid w:val="005978D8"/>
     <w:rsid w:val="005A332D"/>
     <w:rsid w:val="005A3A29"/>
     <w:rsid w:val="005A69D9"/>
     <w:rsid w:val="005B0DB4"/>
     <w:rsid w:val="005B2A0E"/>
     <w:rsid w:val="005B2BCF"/>
     <w:rsid w:val="005B37F2"/>
     <w:rsid w:val="005B3B3B"/>
     <w:rsid w:val="005B438D"/>
     <w:rsid w:val="005B4818"/>
     <w:rsid w:val="005B5767"/>
     <w:rsid w:val="005B6CB5"/>
     <w:rsid w:val="005C2849"/>
     <w:rsid w:val="005C3E3D"/>
     <w:rsid w:val="005C4199"/>
     <w:rsid w:val="005D0AF2"/>
     <w:rsid w:val="005E41CE"/>
     <w:rsid w:val="005E4D65"/>
     <w:rsid w:val="005F2FCA"/>
     <w:rsid w:val="005F4029"/>
     <w:rsid w:val="005F5EC7"/>
     <w:rsid w:val="00602540"/>
     <w:rsid w:val="00604FAD"/>
     <w:rsid w:val="0060782F"/>
+    <w:rsid w:val="00607B08"/>
     <w:rsid w:val="00615628"/>
     <w:rsid w:val="00616117"/>
     <w:rsid w:val="00616D05"/>
     <w:rsid w:val="00617D73"/>
     <w:rsid w:val="006243C8"/>
     <w:rsid w:val="00631B12"/>
     <w:rsid w:val="006324AF"/>
     <w:rsid w:val="006341E2"/>
     <w:rsid w:val="00634D70"/>
     <w:rsid w:val="00636042"/>
     <w:rsid w:val="00641E2C"/>
     <w:rsid w:val="006478BC"/>
     <w:rsid w:val="00662A81"/>
     <w:rsid w:val="0067056B"/>
     <w:rsid w:val="006776A0"/>
     <w:rsid w:val="006901FB"/>
     <w:rsid w:val="00697D7D"/>
     <w:rsid w:val="00697D89"/>
     <w:rsid w:val="006A08FA"/>
     <w:rsid w:val="006A230F"/>
     <w:rsid w:val="006B3BFE"/>
     <w:rsid w:val="006B783C"/>
     <w:rsid w:val="006B7C5A"/>
     <w:rsid w:val="006C7E6A"/>
     <w:rsid w:val="006D237F"/>
     <w:rsid w:val="006D2A24"/>
     <w:rsid w:val="006D3599"/>
     <w:rsid w:val="006E0FB0"/>
     <w:rsid w:val="006E34B0"/>
     <w:rsid w:val="006F40EC"/>
     <w:rsid w:val="006F745F"/>
     <w:rsid w:val="006F7F11"/>
     <w:rsid w:val="007056E1"/>
     <w:rsid w:val="0070735C"/>
     <w:rsid w:val="00707D0A"/>
     <w:rsid w:val="00712D1B"/>
     <w:rsid w:val="00722C5D"/>
     <w:rsid w:val="007341B7"/>
     <w:rsid w:val="007367CF"/>
     <w:rsid w:val="00740B3D"/>
     <w:rsid w:val="00740CEA"/>
     <w:rsid w:val="007429C3"/>
     <w:rsid w:val="00744328"/>
     <w:rsid w:val="00751C19"/>
     <w:rsid w:val="0075418F"/>
     <w:rsid w:val="00754512"/>
     <w:rsid w:val="00757200"/>
     <w:rsid w:val="0076078D"/>
+    <w:rsid w:val="0076154A"/>
     <w:rsid w:val="00763016"/>
     <w:rsid w:val="007716EA"/>
     <w:rsid w:val="00775F72"/>
     <w:rsid w:val="00776F57"/>
     <w:rsid w:val="00781793"/>
     <w:rsid w:val="007A0E0E"/>
     <w:rsid w:val="007B2A35"/>
-    <w:rsid w:val="007C364D"/>
     <w:rsid w:val="007C4BA0"/>
     <w:rsid w:val="007D05C1"/>
     <w:rsid w:val="007D1166"/>
     <w:rsid w:val="007D2D85"/>
     <w:rsid w:val="007D7B56"/>
     <w:rsid w:val="007E5E67"/>
     <w:rsid w:val="007E649E"/>
     <w:rsid w:val="00800A02"/>
     <w:rsid w:val="00805795"/>
     <w:rsid w:val="00805878"/>
     <w:rsid w:val="008108A8"/>
     <w:rsid w:val="00814D19"/>
     <w:rsid w:val="00816F80"/>
     <w:rsid w:val="00821CB4"/>
     <w:rsid w:val="008302D4"/>
     <w:rsid w:val="00840E50"/>
     <w:rsid w:val="00853CA1"/>
     <w:rsid w:val="00855E84"/>
     <w:rsid w:val="008703BA"/>
+    <w:rsid w:val="00871A10"/>
     <w:rsid w:val="00882139"/>
     <w:rsid w:val="00883DDC"/>
     <w:rsid w:val="008A5847"/>
     <w:rsid w:val="008A5A7E"/>
     <w:rsid w:val="008B4251"/>
     <w:rsid w:val="008B60FB"/>
     <w:rsid w:val="008C308B"/>
     <w:rsid w:val="008C6039"/>
-    <w:rsid w:val="008C7733"/>
     <w:rsid w:val="008D2916"/>
     <w:rsid w:val="008D2FBF"/>
     <w:rsid w:val="008D4378"/>
     <w:rsid w:val="008D44CE"/>
     <w:rsid w:val="008F3028"/>
     <w:rsid w:val="00901FD3"/>
     <w:rsid w:val="00906CE0"/>
     <w:rsid w:val="009073EB"/>
     <w:rsid w:val="009102FA"/>
     <w:rsid w:val="009347B9"/>
     <w:rsid w:val="00951119"/>
     <w:rsid w:val="0095230E"/>
     <w:rsid w:val="00954FA1"/>
     <w:rsid w:val="009620E4"/>
     <w:rsid w:val="00971952"/>
     <w:rsid w:val="009726DB"/>
     <w:rsid w:val="00972AB0"/>
     <w:rsid w:val="009737B2"/>
     <w:rsid w:val="00975102"/>
     <w:rsid w:val="00985BA1"/>
     <w:rsid w:val="00987888"/>
     <w:rsid w:val="009959CC"/>
     <w:rsid w:val="009A6CC8"/>
     <w:rsid w:val="009B1A3A"/>
     <w:rsid w:val="009B5071"/>
     <w:rsid w:val="009D50EA"/>
+    <w:rsid w:val="009D70AF"/>
     <w:rsid w:val="009D719F"/>
     <w:rsid w:val="009E1186"/>
     <w:rsid w:val="009E30A7"/>
     <w:rsid w:val="009E4088"/>
     <w:rsid w:val="00A07E01"/>
     <w:rsid w:val="00A14BCD"/>
     <w:rsid w:val="00A20AC2"/>
     <w:rsid w:val="00A20B84"/>
     <w:rsid w:val="00A320BE"/>
     <w:rsid w:val="00A35743"/>
     <w:rsid w:val="00A37845"/>
     <w:rsid w:val="00A4630B"/>
     <w:rsid w:val="00A50F23"/>
     <w:rsid w:val="00A55543"/>
     <w:rsid w:val="00A60EDA"/>
     <w:rsid w:val="00A65378"/>
     <w:rsid w:val="00A65F32"/>
     <w:rsid w:val="00A67F7C"/>
     <w:rsid w:val="00A74F06"/>
     <w:rsid w:val="00A75B4B"/>
+    <w:rsid w:val="00A7747F"/>
     <w:rsid w:val="00A77F2E"/>
     <w:rsid w:val="00A904A5"/>
     <w:rsid w:val="00A963A9"/>
     <w:rsid w:val="00AA5BFE"/>
     <w:rsid w:val="00AA6E84"/>
     <w:rsid w:val="00AB06A3"/>
     <w:rsid w:val="00AB4C15"/>
     <w:rsid w:val="00AB5016"/>
     <w:rsid w:val="00AC20B8"/>
     <w:rsid w:val="00AC24D4"/>
     <w:rsid w:val="00AC25C2"/>
     <w:rsid w:val="00AC443B"/>
     <w:rsid w:val="00AD1126"/>
     <w:rsid w:val="00AD2777"/>
     <w:rsid w:val="00AD5E70"/>
     <w:rsid w:val="00AE0AC4"/>
     <w:rsid w:val="00AE3E2D"/>
     <w:rsid w:val="00AE40B1"/>
-    <w:rsid w:val="00AE7C4C"/>
     <w:rsid w:val="00AF5670"/>
     <w:rsid w:val="00B03010"/>
     <w:rsid w:val="00B04684"/>
     <w:rsid w:val="00B1464A"/>
     <w:rsid w:val="00B171EB"/>
     <w:rsid w:val="00B1751E"/>
     <w:rsid w:val="00B21CBD"/>
     <w:rsid w:val="00B22848"/>
     <w:rsid w:val="00B24557"/>
     <w:rsid w:val="00B34695"/>
     <w:rsid w:val="00B414FC"/>
     <w:rsid w:val="00B47398"/>
     <w:rsid w:val="00B52603"/>
     <w:rsid w:val="00B53DB2"/>
     <w:rsid w:val="00B62B5D"/>
     <w:rsid w:val="00B63A8C"/>
     <w:rsid w:val="00B71612"/>
     <w:rsid w:val="00B76985"/>
     <w:rsid w:val="00B77C7E"/>
     <w:rsid w:val="00B811F2"/>
     <w:rsid w:val="00B81C3B"/>
     <w:rsid w:val="00B8275E"/>
     <w:rsid w:val="00B829E7"/>
     <w:rsid w:val="00B83DD2"/>
     <w:rsid w:val="00B85A0A"/>
@@ -17770,127 +17839,127 @@
     <w:rsid w:val="00C406AE"/>
     <w:rsid w:val="00C43FB9"/>
     <w:rsid w:val="00C441FE"/>
     <w:rsid w:val="00C5006E"/>
     <w:rsid w:val="00C50F89"/>
     <w:rsid w:val="00C566FD"/>
     <w:rsid w:val="00C62EF5"/>
     <w:rsid w:val="00C63508"/>
     <w:rsid w:val="00C70253"/>
     <w:rsid w:val="00C74E84"/>
     <w:rsid w:val="00C83992"/>
     <w:rsid w:val="00C86C57"/>
     <w:rsid w:val="00C94B2C"/>
     <w:rsid w:val="00C96936"/>
     <w:rsid w:val="00CA0083"/>
     <w:rsid w:val="00CA0C4B"/>
     <w:rsid w:val="00CB09A9"/>
     <w:rsid w:val="00CB1815"/>
     <w:rsid w:val="00CB7EE3"/>
     <w:rsid w:val="00CC73CE"/>
     <w:rsid w:val="00CD05AA"/>
     <w:rsid w:val="00CD2DAE"/>
     <w:rsid w:val="00CD45B0"/>
     <w:rsid w:val="00CE41A1"/>
     <w:rsid w:val="00CE5029"/>
+    <w:rsid w:val="00CF32DD"/>
     <w:rsid w:val="00CF3E0D"/>
     <w:rsid w:val="00D01F9D"/>
     <w:rsid w:val="00D03B8E"/>
     <w:rsid w:val="00D10BC9"/>
     <w:rsid w:val="00D16579"/>
     <w:rsid w:val="00D168F9"/>
     <w:rsid w:val="00D214F2"/>
     <w:rsid w:val="00D239B7"/>
     <w:rsid w:val="00D25CB8"/>
     <w:rsid w:val="00D27617"/>
     <w:rsid w:val="00D30AA1"/>
     <w:rsid w:val="00D34EB3"/>
     <w:rsid w:val="00D360CE"/>
     <w:rsid w:val="00D37E9D"/>
     <w:rsid w:val="00D563D4"/>
     <w:rsid w:val="00D566AE"/>
     <w:rsid w:val="00D640E3"/>
     <w:rsid w:val="00D6432D"/>
     <w:rsid w:val="00D64970"/>
     <w:rsid w:val="00D70A89"/>
     <w:rsid w:val="00D713F0"/>
     <w:rsid w:val="00D7342D"/>
     <w:rsid w:val="00D7475D"/>
     <w:rsid w:val="00D7580A"/>
     <w:rsid w:val="00D84501"/>
     <w:rsid w:val="00D848C3"/>
     <w:rsid w:val="00D85C25"/>
     <w:rsid w:val="00D85CA7"/>
     <w:rsid w:val="00D87977"/>
     <w:rsid w:val="00D93CE4"/>
-    <w:rsid w:val="00D95651"/>
     <w:rsid w:val="00D95D0F"/>
     <w:rsid w:val="00DA15F5"/>
     <w:rsid w:val="00DA205F"/>
-    <w:rsid w:val="00DA28B9"/>
     <w:rsid w:val="00DD0678"/>
     <w:rsid w:val="00DD2384"/>
     <w:rsid w:val="00DD6938"/>
     <w:rsid w:val="00DE0435"/>
     <w:rsid w:val="00DE1419"/>
     <w:rsid w:val="00DE37DE"/>
     <w:rsid w:val="00DE4DEC"/>
     <w:rsid w:val="00DF6383"/>
     <w:rsid w:val="00E01582"/>
     <w:rsid w:val="00E05375"/>
     <w:rsid w:val="00E10499"/>
     <w:rsid w:val="00E109A2"/>
     <w:rsid w:val="00E16296"/>
     <w:rsid w:val="00E16669"/>
     <w:rsid w:val="00E20760"/>
     <w:rsid w:val="00E20C74"/>
     <w:rsid w:val="00E22E19"/>
     <w:rsid w:val="00E23D3B"/>
     <w:rsid w:val="00E26C39"/>
     <w:rsid w:val="00E30771"/>
     <w:rsid w:val="00E357A1"/>
     <w:rsid w:val="00E4542A"/>
     <w:rsid w:val="00E50C52"/>
     <w:rsid w:val="00E52374"/>
     <w:rsid w:val="00E52B97"/>
     <w:rsid w:val="00E62E29"/>
     <w:rsid w:val="00E6340C"/>
     <w:rsid w:val="00E64A8C"/>
     <w:rsid w:val="00E670B3"/>
     <w:rsid w:val="00E7135B"/>
     <w:rsid w:val="00E729F5"/>
     <w:rsid w:val="00E802AA"/>
     <w:rsid w:val="00E86DEC"/>
     <w:rsid w:val="00E93E31"/>
     <w:rsid w:val="00E94325"/>
     <w:rsid w:val="00E94949"/>
     <w:rsid w:val="00E96726"/>
     <w:rsid w:val="00EA1087"/>
     <w:rsid w:val="00EB19EB"/>
     <w:rsid w:val="00EC2826"/>
     <w:rsid w:val="00EC4D42"/>
     <w:rsid w:val="00EC62AD"/>
+    <w:rsid w:val="00EE103F"/>
     <w:rsid w:val="00EF0B07"/>
     <w:rsid w:val="00EF1B69"/>
     <w:rsid w:val="00EF6E92"/>
     <w:rsid w:val="00F012C0"/>
     <w:rsid w:val="00F02DEB"/>
     <w:rsid w:val="00F2288E"/>
     <w:rsid w:val="00F2445B"/>
     <w:rsid w:val="00F2490E"/>
     <w:rsid w:val="00F269E0"/>
     <w:rsid w:val="00F27C01"/>
     <w:rsid w:val="00F42D8A"/>
     <w:rsid w:val="00F4564E"/>
     <w:rsid w:val="00F61004"/>
     <w:rsid w:val="00F72F8D"/>
     <w:rsid w:val="00F763E0"/>
     <w:rsid w:val="00F77A07"/>
     <w:rsid w:val="00F83596"/>
     <w:rsid w:val="00F90BFC"/>
     <w:rsid w:val="00F91644"/>
     <w:rsid w:val="00F92B4A"/>
     <w:rsid w:val="00F92BAB"/>
     <w:rsid w:val="00F94734"/>
     <w:rsid w:val="00FA45CE"/>
     <w:rsid w:val="00FA5E8D"/>
     <w:rsid w:val="00FB42EA"/>
@@ -19282,70 +19351,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004557CA99FD6264459D783B236E6A70BD" ma:contentTypeVersion="15" ma:contentTypeDescription="Crea un document nou" ma:contentTypeScope="" ma:versionID="e519c157f0a9bff3870e5c6b6da90041">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a2952b7a-5c1d-4df0-851d-68ab61ff9ae3" xmlns:ns3="10ab2096-9044-4b7c-8bae-276a051b0a02" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78e1d89968cb235a6e62bd82955db779" ns2:_="" ns3:_="">
     <xsd:import namespace="a2952b7a-5c1d-4df0-851d-68ab61ff9ae3"/>
     <xsd:import namespace="10ab2096-9044-4b7c-8bae-276a051b0a02"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
@@ -19538,113 +19591,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a2952b7a-5c1d-4df0-851d-68ab61ff9ae3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="10ab2096-9044-4b7c-8bae-276a051b0a02" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7CF937E-1F74-45DE-BF05-822A2D12FD01}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4CED6D2-02FC-4821-B851-4B6FDC598479}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB256EB5-6D25-4428-8A76-745C1EEF7E2F}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D73BEC7B-D5B8-44A6-A525-F64435162261}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4CED6D2-02FC-4821-B851-4B6FDC598479}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7CF937E-1F74-45DE-BF05-822A2D12FD01}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3922</Words>
-  <Characters>21571</Characters>
+  <Words>3875</Words>
+  <Characters>21315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>179</Lines>
+  <Lines>177</Lines>
   <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CONVENI MARC DE COOPERACIÓ EDUCATIVA PER A LA REALITZACIÓ DE PRÀCTIQUES ACADÈMIQUES EXTERNES EN ENTITATS COL•LABORADORES PEL CÒMPUT DE CRÈDITS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25443</CharactersWithSpaces>
+  <CharactersWithSpaces>25140</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CONVENI MARC DE COOPERACIÓ EDUCATIVA PER A LA REALITZACIÓ DE PRÀCTIQUES ACADÈMIQUES EXTERNES EN ENTITATS COL•LABORADORES PEL CÒMPUT DE CRÈDITS</dc:title>
   <dc:subject/>
   <dc:creator>Marta</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>