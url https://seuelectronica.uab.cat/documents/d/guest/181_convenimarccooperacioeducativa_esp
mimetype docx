--- v0 (2026-01-29)
+++ v1 (2026-03-24)
@@ -8144,70 +8144,97 @@
         </w:rPr>
         <w:t xml:space="preserve">de discriminación o </w:t>
       </w:r>
       <w:r w:rsidRPr="00A076A1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>de acoso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EBFA5C8" w14:textId="77777777" w:rsidR="008A3C50" w:rsidRPr="00A076A1" w:rsidRDefault="008A3C50" w:rsidP="008A3C50">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15FCC961" w14:textId="77777777" w:rsidR="00B21028" w:rsidRPr="00244C5E" w:rsidRDefault="00B21028" w:rsidP="00B21028">
+    <w:p w14:paraId="15FCC961" w14:textId="54413FC3" w:rsidR="00B21028" w:rsidRPr="00244C5E" w:rsidRDefault="00F27ECB" w:rsidP="00B21028">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00244C5E">
+      <w:r w:rsidRPr="001D23DE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Las prácticas académicas externas deben desarrollarse bajo los principios de igualdad, inclusión, no discriminación y tolerancia cero al acoso. Las partes acuerdan que abordarán las posibles situaciones de discriminación o de acoso en las que esté implicado el estudiante de forma conjunta. La entidad colaboradora aplicará su protocolo para la adopción de medidas preventivas y correctivas durante la realización de las prácticas externas. En su defecto, será de aplicación el de la Universidad. La UAB podrá aplicar su normativa en relación con el estudiante cuando éste sea el sujeto activo. La UAB acompañará y tendrá la condición de parte interesada cuando el estudiante sea el sujeto pasivo de estas situaciones de discriminación o acoso.</w:t>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D23DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s prácticas académicas externas deben desarrollarse bajo los principios de igualdad, inclusión, no discriminación y tolerancia cero al acoso. Las partes acuerdan que abordarán las posibles situaciones de discriminación o de acoso en las que esté implicado el estudiante de forma conjunta, i se comprometen a aplicar el protocolo para prevenir y actuar contra situaciones de acoso que corresponda, según las circunstancias de cada caso</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21028" w:rsidRPr="00244C5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="704598B5" w14:textId="77777777" w:rsidR="008A3C50" w:rsidRDefault="008A3C50" w:rsidP="008A3C50">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CE41917" w14:textId="77777777" w:rsidR="00DA0E5E" w:rsidRDefault="00DA0E5E" w:rsidP="008A3C50">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -8367,116 +8394,142 @@
     </w:p>
     <w:p w14:paraId="1D79A829" w14:textId="257A4F12" w:rsidR="43767CA2" w:rsidRPr="00877A74" w:rsidRDefault="43767CA2" w:rsidP="009D50EA">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="auto"/>
         <w:ind w:hanging="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00877A74">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B728824" w14:textId="71522DF5" w:rsidR="579FA2F3" w:rsidRPr="00877A74" w:rsidRDefault="00DC1A81" w:rsidP="00E16669">
+    <w:p w14:paraId="6B728824" w14:textId="55A4D6C6" w:rsidR="579FA2F3" w:rsidRPr="00877A74" w:rsidRDefault="00F27ECB" w:rsidP="00E16669">
       <w:pPr>
         <w:ind w:right="1101"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00877A74">
+      <w:r w:rsidRPr="00F27ECB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>De conformidad con la legislación vigente sobre transparencia, acceso a la información pública y buen gobierno, las entidades firmantes, en relación con este convenio, harán pública la información relativa a las partes firmantes, el objeto, la vigencia, las obligaciones que asumen las partes, incluyendo las económicas, y cualquier modificación que se realice.</w:t>
+        <w:t xml:space="preserve">La UAB, de conformidad con la legislación vigente sobre transparencia, acceso a la información pública y buen gobierno, se compromete, </w:t>
+      </w:r>
+      <w:r w:rsidR="00874E19" w:rsidRPr="00F27ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>con relación a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F27ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> este convenio, a hacer pública la información relativa a las partes firmantes, el objeto, la vigencia, las obligaciones que asumen las partes, incluyendo las económicas, y cualquier modificación que se realice</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1A81" w:rsidRPr="00877A74">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6629FFE8" w14:textId="77777777" w:rsidR="00334448" w:rsidRPr="00877A74" w:rsidRDefault="00334448" w:rsidP="00E16669">
       <w:pPr>
         <w:ind w:right="1101"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6629FFE9" w14:textId="77777777" w:rsidR="00334448" w:rsidRPr="00877A74" w:rsidRDefault="00334448" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="2270E1AC" w14:textId="4E6AB999" w:rsidR="00D113FC" w:rsidRPr="00877A74" w:rsidRDefault="00DC1A81" w:rsidP="00D113FC">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="atLeast"/>
         <w:ind w:right="1094"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00877A74">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Y, </w:t>
       </w:r>
       <w:r w:rsidR="009041CF" w:rsidRPr="00877A74">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>como prueba de conformidad, las dos partes firman este convenio, a un solo efecto en la fecha que figura como última de las firmas electrónicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6629FFEC" w14:textId="77777777" w:rsidR="00C83992" w:rsidRPr="00877A74" w:rsidRDefault="00C83992" w:rsidP="00712D1B">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Futura"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -17130,65 +17183,65 @@
     <w:p w14:paraId="662A0005" w14:textId="77777777" w:rsidR="009620E4" w:rsidRPr="00877A74" w:rsidRDefault="009620E4" w:rsidP="00CB3EF4">
       <w:pPr>
         <w:ind w:right="1133"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009620E4" w:rsidRPr="00877A74" w:rsidSect="00E15E02">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1382" w:right="1134" w:bottom="992" w:left="1134" w:header="567" w:footer="1012" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D1B6A4B" w14:textId="77777777" w:rsidR="002F6D5B" w:rsidRDefault="002F6D5B" w:rsidP="00334448">
+    <w:p w14:paraId="128D8551" w14:textId="77777777" w:rsidR="004445C8" w:rsidRDefault="004445C8" w:rsidP="00334448">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43C93540" w14:textId="77777777" w:rsidR="002F6D5B" w:rsidRDefault="002F6D5B" w:rsidP="00334448">
+    <w:p w14:paraId="6B86AC3B" w14:textId="77777777" w:rsidR="004445C8" w:rsidRDefault="004445C8" w:rsidP="00334448">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="17E224FA" w14:textId="77777777" w:rsidR="002F6D5B" w:rsidRDefault="002F6D5B"/>
+    <w:p w14:paraId="5E16419E" w14:textId="77777777" w:rsidR="004445C8" w:rsidRDefault="004445C8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -17214,50 +17267,57 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Futura">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000067" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FB" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
@@ -17281,65 +17341,65 @@
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="662A0012" w14:textId="77777777" w:rsidR="00582289" w:rsidRPr="00C83992" w:rsidRDefault="00582289">
     <w:pPr>
       <w:pStyle w:val="Peu"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DA6C7E2" w14:textId="77777777" w:rsidR="002F6D5B" w:rsidRDefault="002F6D5B" w:rsidP="00334448">
+    <w:p w14:paraId="5A50118B" w14:textId="77777777" w:rsidR="004445C8" w:rsidRDefault="004445C8" w:rsidP="00334448">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B72F1C2" w14:textId="77777777" w:rsidR="002F6D5B" w:rsidRDefault="002F6D5B" w:rsidP="00334448">
+    <w:p w14:paraId="2CA80BFE" w14:textId="77777777" w:rsidR="004445C8" w:rsidRDefault="004445C8" w:rsidP="00334448">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1AFAE4ED" w14:textId="77777777" w:rsidR="002F6D5B" w:rsidRDefault="002F6D5B"/>
+    <w:p w14:paraId="5B45A9CA" w14:textId="77777777" w:rsidR="004445C8" w:rsidRDefault="004445C8"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="662A0010" w14:textId="77777777" w:rsidR="00582289" w:rsidRDefault="00582289">
     <w:pPr>
       <w:pStyle w:val="Capalera"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="045E3BFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18D03AC0"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -18700,50 +18760,51 @@
   <w:num w:numId="8" w16cid:durableId="1642421820">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="234442183">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="819078224">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1551041433">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1124927037">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1762943467">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -18800,50 +18861,51 @@
     <w:rsid w:val="001A68BF"/>
     <w:rsid w:val="001C0726"/>
     <w:rsid w:val="001C1442"/>
     <w:rsid w:val="001C214B"/>
     <w:rsid w:val="001D05F5"/>
     <w:rsid w:val="001D5BAC"/>
     <w:rsid w:val="001E2673"/>
     <w:rsid w:val="001F1E91"/>
     <w:rsid w:val="00204CA4"/>
     <w:rsid w:val="00215B97"/>
     <w:rsid w:val="0021764B"/>
     <w:rsid w:val="00226EA4"/>
     <w:rsid w:val="00243382"/>
     <w:rsid w:val="00243A0B"/>
     <w:rsid w:val="00244C5E"/>
     <w:rsid w:val="00253EE2"/>
     <w:rsid w:val="00265281"/>
     <w:rsid w:val="00274407"/>
     <w:rsid w:val="0027445D"/>
     <w:rsid w:val="00281B23"/>
     <w:rsid w:val="00293415"/>
     <w:rsid w:val="00294BD5"/>
     <w:rsid w:val="00296A95"/>
     <w:rsid w:val="002A6EC0"/>
     <w:rsid w:val="002B7A86"/>
+    <w:rsid w:val="002C5E56"/>
     <w:rsid w:val="002C60C6"/>
     <w:rsid w:val="002C748A"/>
     <w:rsid w:val="002D03A5"/>
     <w:rsid w:val="002D1198"/>
     <w:rsid w:val="002D50E0"/>
     <w:rsid w:val="002E06DC"/>
     <w:rsid w:val="002E07AF"/>
     <w:rsid w:val="002E121E"/>
     <w:rsid w:val="002E1DE5"/>
     <w:rsid w:val="002E7B78"/>
     <w:rsid w:val="002F0963"/>
     <w:rsid w:val="002F2ECB"/>
     <w:rsid w:val="002F6D5B"/>
     <w:rsid w:val="00304A42"/>
     <w:rsid w:val="003107F6"/>
     <w:rsid w:val="0031213C"/>
     <w:rsid w:val="0031318A"/>
     <w:rsid w:val="00317112"/>
     <w:rsid w:val="003241DB"/>
     <w:rsid w:val="0032457A"/>
     <w:rsid w:val="00324C04"/>
     <w:rsid w:val="00331B59"/>
     <w:rsid w:val="00333699"/>
     <w:rsid w:val="00334448"/>
     <w:rsid w:val="003639BF"/>
@@ -18858,50 +18920,51 @@
     <w:rsid w:val="00387E13"/>
     <w:rsid w:val="00390546"/>
     <w:rsid w:val="003A2B74"/>
     <w:rsid w:val="003A4706"/>
     <w:rsid w:val="003A6E0D"/>
     <w:rsid w:val="003B3F99"/>
     <w:rsid w:val="003C090A"/>
     <w:rsid w:val="003C3761"/>
     <w:rsid w:val="003C502A"/>
     <w:rsid w:val="003C684F"/>
     <w:rsid w:val="003D7309"/>
     <w:rsid w:val="003E0D03"/>
     <w:rsid w:val="003E25D8"/>
     <w:rsid w:val="003E520B"/>
     <w:rsid w:val="00400730"/>
     <w:rsid w:val="004027A3"/>
     <w:rsid w:val="00402F45"/>
     <w:rsid w:val="00405F2E"/>
     <w:rsid w:val="004128E2"/>
     <w:rsid w:val="004145B9"/>
     <w:rsid w:val="00417695"/>
     <w:rsid w:val="00421EA5"/>
     <w:rsid w:val="00426777"/>
     <w:rsid w:val="004416FA"/>
     <w:rsid w:val="00442C74"/>
+    <w:rsid w:val="004445C8"/>
     <w:rsid w:val="004474AC"/>
     <w:rsid w:val="00447F9A"/>
     <w:rsid w:val="00450ED4"/>
     <w:rsid w:val="00452271"/>
     <w:rsid w:val="00453A3A"/>
     <w:rsid w:val="00455867"/>
     <w:rsid w:val="004563D4"/>
     <w:rsid w:val="004573C7"/>
     <w:rsid w:val="0046545C"/>
     <w:rsid w:val="00465769"/>
     <w:rsid w:val="004725F1"/>
     <w:rsid w:val="004749F4"/>
     <w:rsid w:val="004776F2"/>
     <w:rsid w:val="004845E5"/>
     <w:rsid w:val="0048700A"/>
     <w:rsid w:val="00490334"/>
     <w:rsid w:val="004911BA"/>
     <w:rsid w:val="00496573"/>
     <w:rsid w:val="004A04DD"/>
     <w:rsid w:val="004B1867"/>
     <w:rsid w:val="004B498D"/>
     <w:rsid w:val="004B5C14"/>
     <w:rsid w:val="004C0763"/>
     <w:rsid w:val="004D030B"/>
     <w:rsid w:val="004D1F9F"/>
@@ -18988,127 +19051,130 @@
     <w:rsid w:val="006F73F4"/>
     <w:rsid w:val="006F745F"/>
     <w:rsid w:val="00704888"/>
     <w:rsid w:val="007056E1"/>
     <w:rsid w:val="0070735C"/>
     <w:rsid w:val="00712D1B"/>
     <w:rsid w:val="00722C5D"/>
     <w:rsid w:val="00724268"/>
     <w:rsid w:val="007341B7"/>
     <w:rsid w:val="007347BB"/>
     <w:rsid w:val="00740B3D"/>
     <w:rsid w:val="00744277"/>
     <w:rsid w:val="00744328"/>
     <w:rsid w:val="00751C19"/>
     <w:rsid w:val="00752152"/>
     <w:rsid w:val="0075418F"/>
     <w:rsid w:val="00754512"/>
     <w:rsid w:val="00757200"/>
     <w:rsid w:val="0076154A"/>
     <w:rsid w:val="00763016"/>
     <w:rsid w:val="00764AA7"/>
     <w:rsid w:val="00771347"/>
     <w:rsid w:val="007716EA"/>
     <w:rsid w:val="00775F72"/>
     <w:rsid w:val="00776F57"/>
+    <w:rsid w:val="00777761"/>
     <w:rsid w:val="00781793"/>
     <w:rsid w:val="00781B0E"/>
     <w:rsid w:val="00784296"/>
     <w:rsid w:val="00795F40"/>
     <w:rsid w:val="007A0E0E"/>
     <w:rsid w:val="007B2A35"/>
     <w:rsid w:val="007B6B88"/>
     <w:rsid w:val="007B7F38"/>
     <w:rsid w:val="007C4669"/>
     <w:rsid w:val="007C4BA0"/>
     <w:rsid w:val="007D1166"/>
     <w:rsid w:val="007D2D85"/>
     <w:rsid w:val="007E5E67"/>
     <w:rsid w:val="007E649E"/>
     <w:rsid w:val="007F035D"/>
     <w:rsid w:val="00800011"/>
     <w:rsid w:val="00800A02"/>
     <w:rsid w:val="00803656"/>
     <w:rsid w:val="00804EBA"/>
     <w:rsid w:val="00805795"/>
     <w:rsid w:val="00805878"/>
     <w:rsid w:val="00807AE2"/>
     <w:rsid w:val="008108A8"/>
     <w:rsid w:val="00813573"/>
     <w:rsid w:val="00814D19"/>
     <w:rsid w:val="00816F80"/>
     <w:rsid w:val="0083381D"/>
     <w:rsid w:val="00855E84"/>
+    <w:rsid w:val="00874E19"/>
     <w:rsid w:val="00877A74"/>
     <w:rsid w:val="00883DDC"/>
     <w:rsid w:val="0088550C"/>
     <w:rsid w:val="008A3C50"/>
     <w:rsid w:val="008A5A7E"/>
     <w:rsid w:val="008A5AD7"/>
     <w:rsid w:val="008B2EDE"/>
     <w:rsid w:val="008B4251"/>
     <w:rsid w:val="008B60FB"/>
     <w:rsid w:val="008C11E0"/>
     <w:rsid w:val="008C308B"/>
     <w:rsid w:val="008C6039"/>
     <w:rsid w:val="008D2916"/>
     <w:rsid w:val="008D3B45"/>
     <w:rsid w:val="008D44CE"/>
     <w:rsid w:val="008F2B47"/>
     <w:rsid w:val="008F3028"/>
     <w:rsid w:val="00901FD3"/>
     <w:rsid w:val="009041CF"/>
     <w:rsid w:val="00906CE0"/>
     <w:rsid w:val="009102FA"/>
     <w:rsid w:val="00927F52"/>
     <w:rsid w:val="009347B9"/>
     <w:rsid w:val="00936D74"/>
     <w:rsid w:val="0095230E"/>
     <w:rsid w:val="00954FA1"/>
     <w:rsid w:val="009620E4"/>
     <w:rsid w:val="00971952"/>
     <w:rsid w:val="009737B2"/>
     <w:rsid w:val="00985BA1"/>
     <w:rsid w:val="00987888"/>
     <w:rsid w:val="00995379"/>
     <w:rsid w:val="009959CC"/>
     <w:rsid w:val="009A6CC8"/>
     <w:rsid w:val="009B5071"/>
     <w:rsid w:val="009C489D"/>
     <w:rsid w:val="009C4D14"/>
     <w:rsid w:val="009D50EA"/>
     <w:rsid w:val="009E1186"/>
     <w:rsid w:val="009E30A7"/>
     <w:rsid w:val="009F19C2"/>
     <w:rsid w:val="00A076A1"/>
     <w:rsid w:val="00A07E01"/>
     <w:rsid w:val="00A14BCD"/>
     <w:rsid w:val="00A20AC2"/>
     <w:rsid w:val="00A20B84"/>
     <w:rsid w:val="00A320BE"/>
     <w:rsid w:val="00A35743"/>
     <w:rsid w:val="00A36BA8"/>
+    <w:rsid w:val="00A44D66"/>
     <w:rsid w:val="00A4630B"/>
     <w:rsid w:val="00A50F23"/>
     <w:rsid w:val="00A55543"/>
     <w:rsid w:val="00A61F97"/>
     <w:rsid w:val="00A65378"/>
     <w:rsid w:val="00A65F32"/>
     <w:rsid w:val="00A74F06"/>
     <w:rsid w:val="00A758D0"/>
     <w:rsid w:val="00A75B4B"/>
     <w:rsid w:val="00A81C60"/>
     <w:rsid w:val="00A904A5"/>
     <w:rsid w:val="00A94D73"/>
     <w:rsid w:val="00A963A9"/>
     <w:rsid w:val="00AA5BFE"/>
     <w:rsid w:val="00AA6E84"/>
     <w:rsid w:val="00AB414B"/>
     <w:rsid w:val="00AB43AD"/>
     <w:rsid w:val="00AB5016"/>
     <w:rsid w:val="00AC24D4"/>
     <w:rsid w:val="00AC25C2"/>
     <w:rsid w:val="00AC32C3"/>
     <w:rsid w:val="00AC443B"/>
     <w:rsid w:val="00AC76BF"/>
     <w:rsid w:val="00AD1126"/>
     <w:rsid w:val="00AD2777"/>
@@ -19146,92 +19212,96 @@
     <w:rsid w:val="00B94E5A"/>
     <w:rsid w:val="00B97090"/>
     <w:rsid w:val="00BA2523"/>
     <w:rsid w:val="00BA3D40"/>
     <w:rsid w:val="00BA530B"/>
     <w:rsid w:val="00BA5AC4"/>
     <w:rsid w:val="00BA6A4A"/>
     <w:rsid w:val="00BB2D36"/>
     <w:rsid w:val="00BB4BDB"/>
     <w:rsid w:val="00BB6086"/>
     <w:rsid w:val="00BB7B1E"/>
     <w:rsid w:val="00BC177D"/>
     <w:rsid w:val="00BC6EBF"/>
     <w:rsid w:val="00BD0214"/>
     <w:rsid w:val="00BD094B"/>
     <w:rsid w:val="00BD5C9A"/>
     <w:rsid w:val="00BF2C72"/>
     <w:rsid w:val="00BF44B9"/>
     <w:rsid w:val="00C00C4E"/>
     <w:rsid w:val="00C06071"/>
     <w:rsid w:val="00C068DD"/>
     <w:rsid w:val="00C17556"/>
     <w:rsid w:val="00C2011C"/>
     <w:rsid w:val="00C238BD"/>
     <w:rsid w:val="00C24E2B"/>
+    <w:rsid w:val="00C27E26"/>
     <w:rsid w:val="00C3498F"/>
     <w:rsid w:val="00C35F29"/>
     <w:rsid w:val="00C363CC"/>
     <w:rsid w:val="00C406AE"/>
     <w:rsid w:val="00C43FB9"/>
     <w:rsid w:val="00C476FC"/>
     <w:rsid w:val="00C5006E"/>
+    <w:rsid w:val="00C5103A"/>
     <w:rsid w:val="00C566FD"/>
     <w:rsid w:val="00C63508"/>
     <w:rsid w:val="00C70253"/>
     <w:rsid w:val="00C74E84"/>
+    <w:rsid w:val="00C774BE"/>
     <w:rsid w:val="00C81EB8"/>
     <w:rsid w:val="00C830F7"/>
     <w:rsid w:val="00C83992"/>
     <w:rsid w:val="00C86C57"/>
     <w:rsid w:val="00CA0083"/>
     <w:rsid w:val="00CA0C4B"/>
     <w:rsid w:val="00CB09A9"/>
     <w:rsid w:val="00CB1815"/>
     <w:rsid w:val="00CB3EF4"/>
     <w:rsid w:val="00CB7EE3"/>
     <w:rsid w:val="00CC7A76"/>
     <w:rsid w:val="00CD05AA"/>
     <w:rsid w:val="00CD45B0"/>
     <w:rsid w:val="00CE41A1"/>
     <w:rsid w:val="00CE5029"/>
     <w:rsid w:val="00CF3E0D"/>
     <w:rsid w:val="00D03B8E"/>
     <w:rsid w:val="00D03FAC"/>
     <w:rsid w:val="00D101A3"/>
     <w:rsid w:val="00D10BC9"/>
     <w:rsid w:val="00D113FC"/>
     <w:rsid w:val="00D11763"/>
     <w:rsid w:val="00D1206A"/>
     <w:rsid w:val="00D14EC5"/>
     <w:rsid w:val="00D168F9"/>
     <w:rsid w:val="00D239B7"/>
     <w:rsid w:val="00D25CB8"/>
     <w:rsid w:val="00D27617"/>
     <w:rsid w:val="00D30AA1"/>
     <w:rsid w:val="00D34EB3"/>
     <w:rsid w:val="00D43B83"/>
+    <w:rsid w:val="00D45640"/>
     <w:rsid w:val="00D563D4"/>
     <w:rsid w:val="00D566AE"/>
     <w:rsid w:val="00D56CC5"/>
     <w:rsid w:val="00D640E3"/>
     <w:rsid w:val="00D6432D"/>
     <w:rsid w:val="00D64970"/>
     <w:rsid w:val="00D70A89"/>
     <w:rsid w:val="00D713F0"/>
     <w:rsid w:val="00D71854"/>
     <w:rsid w:val="00D72077"/>
     <w:rsid w:val="00D7342D"/>
     <w:rsid w:val="00D7475D"/>
     <w:rsid w:val="00D7580A"/>
     <w:rsid w:val="00D848C3"/>
     <w:rsid w:val="00D85CA7"/>
     <w:rsid w:val="00D8688D"/>
     <w:rsid w:val="00D87D92"/>
     <w:rsid w:val="00D95D0F"/>
     <w:rsid w:val="00DA0E5E"/>
     <w:rsid w:val="00DA1591"/>
     <w:rsid w:val="00DA15F5"/>
     <w:rsid w:val="00DA205F"/>
     <w:rsid w:val="00DA321C"/>
     <w:rsid w:val="00DB4C94"/>
     <w:rsid w:val="00DC1A81"/>
@@ -19266,50 +19336,51 @@
     <w:rsid w:val="00E6420D"/>
     <w:rsid w:val="00E670B3"/>
     <w:rsid w:val="00E7135B"/>
     <w:rsid w:val="00E729F5"/>
     <w:rsid w:val="00E72B3A"/>
     <w:rsid w:val="00E86D65"/>
     <w:rsid w:val="00E86DEC"/>
     <w:rsid w:val="00E93E31"/>
     <w:rsid w:val="00E94325"/>
     <w:rsid w:val="00E94949"/>
     <w:rsid w:val="00EA1087"/>
     <w:rsid w:val="00EB71A7"/>
     <w:rsid w:val="00EC2826"/>
     <w:rsid w:val="00EC4D42"/>
     <w:rsid w:val="00EC551C"/>
     <w:rsid w:val="00EC62AD"/>
     <w:rsid w:val="00EE72B5"/>
     <w:rsid w:val="00F012C0"/>
     <w:rsid w:val="00F02DEB"/>
     <w:rsid w:val="00F03F4C"/>
     <w:rsid w:val="00F16A20"/>
     <w:rsid w:val="00F2288E"/>
     <w:rsid w:val="00F2445B"/>
     <w:rsid w:val="00F2490E"/>
     <w:rsid w:val="00F27C01"/>
+    <w:rsid w:val="00F27ECB"/>
     <w:rsid w:val="00F32E3B"/>
     <w:rsid w:val="00F422DB"/>
     <w:rsid w:val="00F4564E"/>
     <w:rsid w:val="00F61004"/>
     <w:rsid w:val="00F62DA9"/>
     <w:rsid w:val="00F66F33"/>
     <w:rsid w:val="00F72F8D"/>
     <w:rsid w:val="00F7634A"/>
     <w:rsid w:val="00F763E0"/>
     <w:rsid w:val="00F77A07"/>
     <w:rsid w:val="00F83596"/>
     <w:rsid w:val="00F90BFC"/>
     <w:rsid w:val="00F91644"/>
     <w:rsid w:val="00F92B4A"/>
     <w:rsid w:val="00F92BAB"/>
     <w:rsid w:val="00F94734"/>
     <w:rsid w:val="00F96DE2"/>
     <w:rsid w:val="00FA45CE"/>
     <w:rsid w:val="00FA5E8D"/>
     <w:rsid w:val="00FB0766"/>
     <w:rsid w:val="00FB42EA"/>
     <w:rsid w:val="00FB5730"/>
     <w:rsid w:val="00FB65A4"/>
     <w:rsid w:val="00FC0D4B"/>
     <w:rsid w:val="00FC44EB"/>
@@ -20356,50 +20427,74 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ca-ES" w:eastAsia="ca-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00DF1CCA"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
     <w:name w:val="cf11"/>
     <w:basedOn w:val="Lletraperdefectedelpargraf"/>
     <w:rsid w:val="00DF1CCA"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLambformatprevi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLambformatpreviCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F27ECB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLambformatpreviCar">
+    <w:name w:val="HTML amb format previ Car"/>
+    <w:basedOn w:val="Lletraperdefectedelpargraf"/>
+    <w:link w:val="HTMLambformatprevi"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F27ECB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="5913703">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1520705557">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
@@ -21497,133 +21592,133 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a2952b7a-5c1d-4df0-851d-68ab61ff9ae3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="10ab2096-9044-4b7c-8bae-276a051b0a02" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DC11436-172B-49D4-A945-A5790E77702F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E005AC7D-68CF-4B56-9439-8DA41EDE8890}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7CF937E-1F74-45DE-BF05-822A2D12FD01}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAA1D6EE-2354-4E67-8269-54A54DE127F8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="fa8f6574-4a1b-44fb-b52c-5fb837748bf4"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D73BEC7B-D5B8-44A6-A525-F64435162261}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAA1D6EE-2354-4E67-8269-54A54DE127F8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7CF937E-1F74-45DE-BF05-822A2D12FD01}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fa8f6574-4a1b-44fb-b52c-5fb837748bf4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>4023</Words>
-  <Characters>22129</Characters>
+  <Words>3976</Words>
+  <Characters>21868</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>184</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>182</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Títol</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CONVENI MARC DE COOPERACIÓ EDUCATIVA PER A LA REALITZACIÓ DE PRÀCTIQUES ACADÈMIQUES EXTERNES EN ENTITATS COL•LABORADORES PEL CÒMPUT DE CRÈDITS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26100</CharactersWithSpaces>
+  <CharactersWithSpaces>25793</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CONVENI MARC DE COOPERACIÓ EDUCATIVA PER A LA REALITZACIÓ DE PRÀCTIQUES ACADÈMIQUES EXTERNES EN ENTITATS COL•LABORADORES PEL CÒMPUT DE CRÈDITS</dc:title>
   <dc:subject/>
   <dc:creator>Marta</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004557CA99FD6264459D783B236E6A70BD</vt:lpwstr>
   </property>